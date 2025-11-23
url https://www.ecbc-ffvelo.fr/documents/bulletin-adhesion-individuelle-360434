--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -15,428 +15,282 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="-15" yWindow="-15" windowWidth="23700" windowHeight="5700"/>
   </bookViews>
   <sheets>
     <sheet name="Bulletin individuel " sheetId="5" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Bulletin individuel '!$A$1:$O$50</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Bulletin individuel '!$A$1:$O$30</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B12" i="5"/>
   <c r="C12"/>
   <c r="D12"/>
   <c r="E12"/>
   <c r="F12"/>
   <c r="G12"/>
   <c r="H12"/>
   <c r="I12"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="44">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t xml:space="preserve">            Le dossier complet et conforme est à déposer  au bureau  Espérance casier CYCLO ou boîte aux lettres secrétaire et président</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">            J'autorise le club à utiliser mes photos pour les albums internes du club.</t>
   </si>
   <si>
-    <t>EN ADHERENT AU CLUB  ESPERANCE DE CHARTRES DE BRETAGNE</t>
-[...20 lines deleted...]
-    <t>Total à régler</t>
+    <t>CONSTITUTION DU DOSSIER D'ADHESION AU CLUB</t>
   </si>
   <si>
     <t>Total cotisation</t>
   </si>
   <si>
     <t>Adhésion club</t>
   </si>
   <si>
     <t>Licence + assurance</t>
   </si>
   <si>
     <t>B3</t>
   </si>
   <si>
     <t>B1</t>
   </si>
   <si>
     <t>A3</t>
   </si>
   <si>
     <t>A1</t>
   </si>
   <si>
     <t>D3</t>
   </si>
   <si>
     <t>D1</t>
   </si>
   <si>
     <t>C3</t>
   </si>
   <si>
     <t>C1</t>
   </si>
   <si>
     <t>Option</t>
   </si>
   <si>
-    <t>Montant cotisation</t>
-[...34 lines deleted...]
-  <si>
     <t>Sans revue</t>
   </si>
   <si>
     <t xml:space="preserve">Avec revue </t>
   </si>
   <si>
     <t>Détail de la cotisation</t>
   </si>
   <si>
     <t>18 à 25 ANS</t>
   </si>
   <si>
     <t>PLUS DE 25 ANS</t>
   </si>
   <si>
     <t>ESPERANCE CHARTRES DE BRETAGNE CYCLO    12 Rue de la Croix aux Potiers</t>
   </si>
   <si>
-    <t>Je soussigné ( e )…………………………………………………………………………… né ( e ) le …../…../……..</t>
-[...42 lines deleted...]
-  <si>
     <t>Signature du licencié souscripteur</t>
   </si>
   <si>
-    <t>Fait à …………………………………..……   le …../…../……….</t>
-[...69 lines deleted...]
-  <si>
     <t>QUESTIONNAIRE DE SANTE :</t>
   </si>
   <si>
-    <t xml:space="preserve">J'atteste sur l'honneur avoir déjà pris, ou prendre les dispositions nécessaires selon les recommandations données en cas de réponse </t>
-[...20 lines deleted...]
-    <t xml:space="preserve"> BULLETIN INDIVIDUEL VELO RANDO 2025   FFVélo N° 02761   COREG Bretagne</t>
+    <t>Adhésion Espérance</t>
+  </si>
+  <si>
+    <t>Date de naissance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         Téléphone et adresse mail</t>
+  </si>
+  <si>
+    <t>petit braquet</t>
+  </si>
+  <si>
+    <t>grand braquet</t>
+  </si>
+  <si>
+    <t>Nom et prénom</t>
+  </si>
+  <si>
+    <t>Fait à …………………………………..……   le ……..../…….../…………...</t>
+  </si>
+  <si>
+    <t>Autre activité à l'Espérance :</t>
+  </si>
+  <si>
+    <t>EN ADHERANT AU CLUB  ESPERANCE DE CHARTRES DE BRETAGNE</t>
+  </si>
+  <si>
+    <t>Inscrire option retenue</t>
+  </si>
+  <si>
+    <t>Inscrire montant cotisation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">             Un chèque à l'ordre de : ESPERANCE CHARTRES DE BRETAGNE CYCLOTOURISME correspondant à l'option choisie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Je m'engage à respecter scrupuleusement le code de la route, les status et règlements de la fédération française de cyclotourisme, les statuts du club et les iformations de ce dossier d'adhésion</t>
+  </si>
+  <si>
+    <t>Saison 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> BULLETIN INDIVIDUEL 2026</t>
+  </si>
+  <si>
+    <t>²</t>
+  </si>
+  <si>
+    <t xml:space="preserve">             La notice d'informantion relative aux assurances incluses dans votre licence signée</t>
+  </si>
+  <si>
+    <t xml:space="preserve">             La charte d'usage du pratiquant "VAE" signée pour les pratiquants</t>
+  </si>
+  <si>
+    <t xml:space="preserve">             J'ai bien pris note de ces questions et comprends que certaines situations ou symptômes peuvent entrainer un risque pour ma santé et ou mes performances. J'atteste sur l'honneur avoir déjà pris ou prendre les dispositions nécessaires selon les recommandations données en cas de réponse positive à l'une des questions des différents questionnaires</t>
+  </si>
+  <si>
+    <t>Adresse commune</t>
+  </si>
+  <si>
+    <t xml:space="preserve">             Le présent bulletin d'inscription signé</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="12">
+  <fonts count="10">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...3 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Verdana"/>
-      <family val="2"/>
-[...20 lines deleted...]
-      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <b/>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="27">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -500,172 +354,74 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="dashed">
-[...35 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
-[...59 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="dashed">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
@@ -711,472 +467,429 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="157">
+  <cellXfs count="140">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...86 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="5" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="16" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...64 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...59 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1"/>
     <cellStyle name="Normal 3" xfId="2"/>
     <cellStyle name="Normal 3 2" xfId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1209,727 +922,558 @@
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="76200" y="123825"/>
           <a:ext cx="1532763" cy="3317"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Rectangle 12"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="76200" y="4638675"/>
           <a:ext cx="276225" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
-      <xdr:row>33</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Rectangle 10"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="10800000">
           <a:off x="57150" y="5762625"/>
           <a:ext cx="276225" cy="142875"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>11</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>47625</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>123827</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>38099</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>11</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>38100</xdr:rowOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>333375</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>171446</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="7" name="Flèche vers le haut 5"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
-        <a:xfrm flipH="1">
-[...1 lines deleted...]
-          <a:ext cx="114298" cy="180975"/>
+        <a:xfrm rot="10800000" flipH="1">
+          <a:off x="5438777" y="1885949"/>
+          <a:ext cx="209548" cy="704847"/>
         </a:xfrm>
         <a:prstGeom prst="upArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 69122"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="Rectangle 10"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="10800000">
           <a:off x="76200" y="5572125"/>
           <a:ext cx="276225" cy="142875"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>497586</xdr:colOff>
+      <xdr:colOff>326136</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>107039</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Image 15"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9925050" y="104775"/>
           <a:ext cx="1240536" cy="2264"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
+      <xdr:colOff>114300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>333375</xdr:colOff>
+      <xdr:colOff>400050</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>238125</xdr:rowOff>
+      <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 148" descr="logo_ecbc"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="47625" y="57150"/>
-          <a:ext cx="1047750" cy="323850"/>
+          <a:off x="114300" y="123825"/>
+          <a:ext cx="1447800" cy="485775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
-      <xdr:colOff>38100</xdr:colOff>
+      <xdr:colOff>142875</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>104776</xdr:rowOff>
+      <xdr:rowOff>123826</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
-      <xdr:colOff>438150</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>47626</xdr:rowOff>
+      <xdr:colOff>371475</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>409576</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Image 15"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9944100" y="104776"/>
-          <a:ext cx="1162050" cy="514350"/>
+          <a:off x="7124700" y="123826"/>
+          <a:ext cx="857250" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="14" name="Rectangle 11"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="76200" y="5400675"/>
           <a:ext cx="276225" cy="200025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>209550</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="15" name="Rectangle 11"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="76200" y="4229100"/>
           <a:ext cx="276225" cy="152400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>1</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>28576</xdr:rowOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>1</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>200026</xdr:rowOff>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>352425</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>228600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="16" name="Rectangle 11"/>
+        <xdr:cNvPr id="23" name="Rectangle 10"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
-        <a:xfrm>
-[...1 lines deleted...]
-          <a:ext cx="219075" cy="171450"/>
+        <a:xfrm rot="10800000">
+          <a:off x="76200" y="7219950"/>
+          <a:ext cx="276225" cy="171450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>3</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>57149</xdr:rowOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>47625</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>4</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:col>12</xdr:col>
+      <xdr:colOff>38098</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>161922</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="17" name="Rectangle 11"/>
+        <xdr:cNvPr id="24" name="Flèche vers le haut 5"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
-        <a:xfrm>
-[...1 lines deleted...]
-          <a:ext cx="161925" cy="171451"/>
+        <a:xfrm rot="10800000" flipH="1">
+          <a:off x="6181725" y="1876425"/>
+          <a:ext cx="209548" cy="704847"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-[...172 lines deleted...]
-          <a:avLst/>
+        <a:prstGeom prst="upArrow">
+          <a:avLst>
+            <a:gd name="adj1" fmla="val 50000"/>
+            <a:gd name="adj2" fmla="val 69122"/>
+          </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>24</xdr:row>
-      <xdr:rowOff>228600</xdr:rowOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="23" name="Rectangle 10"/>
+        <xdr:cNvPr id="25" name="Rectangle 11"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
-        <a:xfrm rot="10800000">
-[...1 lines deleted...]
-          <a:ext cx="276225" cy="171450"/>
+        <a:xfrm>
+          <a:off x="76200" y="5572125"/>
+          <a:ext cx="276225" cy="200025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
@@ -2197,1212 +1741,819 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:O52"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:W31"/>
   <sheetViews>
-    <sheetView showZeros="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3:E3"/>
+    <sheetView showZeros="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="N5" sqref="N5:O7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="17.42578125" style="3" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="2" customWidth="1"/>
     <col min="3" max="5" width="7.7109375" style="1" customWidth="1"/>
-    <col min="6" max="6" width="6.7109375" style="1" customWidth="1"/>
-    <col min="7" max="7" width="9.28515625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="8.140625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="9.5703125" style="1" customWidth="1"/>
     <col min="8" max="8" width="7.7109375" style="1" customWidth="1"/>
     <col min="9" max="10" width="7.7109375" style="2" customWidth="1"/>
     <col min="11" max="11" width="4.5703125" style="1" customWidth="1"/>
     <col min="12" max="12" width="3.28515625" style="1" customWidth="1"/>
     <col min="13" max="13" width="7.7109375" style="1" customWidth="1"/>
-    <col min="14" max="14" width="6.85546875" style="1" customWidth="1"/>
+    <col min="14" max="14" width="9.42578125" style="1" customWidth="1"/>
     <col min="15" max="15" width="8.28515625" style="1" customWidth="1"/>
     <col min="16" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="44" customFormat="1" ht="24" customHeight="1">
-[...2 lines deleted...]
-      <c r="C1" s="93" t="s">
+    <row r="1" spans="1:23" s="11" customFormat="1" ht="42" customHeight="1">
+      <c r="A1" s="13"/>
+      <c r="B1" s="12"/>
+      <c r="C1" s="113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D1" s="113"/>
+      <c r="E1" s="113"/>
+      <c r="F1" s="113"/>
+      <c r="G1" s="113"/>
+      <c r="H1" s="113"/>
+      <c r="I1" s="113"/>
+      <c r="J1" s="113"/>
+      <c r="K1" s="113"/>
+      <c r="L1" s="113"/>
+      <c r="M1" s="113"/>
+      <c r="N1" s="6"/>
+      <c r="O1" s="5"/>
+    </row>
+    <row r="2" spans="1:23" ht="45" customHeight="1">
+      <c r="B2" s="10"/>
+      <c r="C2" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" s="114"/>
+      <c r="E2" s="114"/>
+      <c r="F2" s="114"/>
+      <c r="G2" s="114"/>
+      <c r="H2" s="114"/>
+      <c r="I2" s="114"/>
+      <c r="J2" s="114"/>
+      <c r="K2" s="114"/>
+      <c r="L2" s="114"/>
+      <c r="M2" s="114"/>
+      <c r="N2" s="21"/>
+      <c r="O2" s="23"/>
+    </row>
+    <row r="3" spans="1:23" ht="22.5" customHeight="1">
+      <c r="A3" s="19"/>
+      <c r="B3" s="116" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="117"/>
+      <c r="D3" s="117"/>
+      <c r="E3" s="118"/>
+      <c r="F3" s="116" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="117"/>
+      <c r="H3" s="117"/>
+      <c r="I3" s="118"/>
+      <c r="J3" s="24"/>
+      <c r="K3" s="24"/>
+      <c r="L3" s="24"/>
+      <c r="M3" s="24"/>
+      <c r="N3" s="21"/>
+      <c r="O3" s="23"/>
+    </row>
+    <row r="4" spans="1:23" ht="5.25" customHeight="1">
+      <c r="A4" s="9"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="115" t="s">
+        <v>0</v>
+      </c>
+      <c r="D4" s="115"/>
+      <c r="E4" s="115"/>
+      <c r="F4" s="115"/>
+      <c r="G4" s="115"/>
+      <c r="H4" s="115"/>
+      <c r="I4" s="115"/>
+      <c r="J4" s="115"/>
+      <c r="K4" s="115"/>
+      <c r="L4" s="115"/>
+      <c r="M4" s="115"/>
+      <c r="N4" s="7"/>
+      <c r="O4" s="4"/>
+    </row>
+    <row r="5" spans="1:23" s="36" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A5" s="86" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="95" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="119"/>
+      <c r="D5" s="95" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="96"/>
+      <c r="F5" s="95" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" s="119"/>
+      <c r="H5" s="95" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="96"/>
+      <c r="J5" s="35"/>
+      <c r="K5" s="35"/>
+      <c r="L5" s="35"/>
+      <c r="M5" s="35"/>
+      <c r="N5" s="107" t="s">
+        <v>36</v>
+      </c>
+      <c r="O5" s="108"/>
+    </row>
+    <row r="6" spans="1:23" s="36" customFormat="1" ht="23.25" customHeight="1">
+      <c r="A6" s="94"/>
+      <c r="B6" s="86" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="86" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" s="86" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" s="86" t="s">
+        <v>27</v>
+      </c>
+      <c r="F6" s="86" t="s">
+        <v>26</v>
+      </c>
+      <c r="G6" s="86" t="s">
+        <v>27</v>
+      </c>
+      <c r="H6" s="86" t="s">
+        <v>26</v>
+      </c>
+      <c r="I6" s="86" t="s">
+        <v>27</v>
+      </c>
+      <c r="J6" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="K6" s="98" t="s">
         <v>33</v>
       </c>
-      <c r="D1" s="93"/>
-[...40 lines deleted...]
-      <c r="F3" s="110" t="s">
+      <c r="L6" s="99"/>
+      <c r="M6" s="100"/>
+      <c r="N6" s="109"/>
+      <c r="O6" s="110"/>
+    </row>
+    <row r="7" spans="1:23" s="36" customFormat="1" ht="32.25" customHeight="1">
+      <c r="A7" s="94"/>
+      <c r="B7" s="87"/>
+      <c r="C7" s="87"/>
+      <c r="D7" s="87"/>
+      <c r="E7" s="87"/>
+      <c r="F7" s="87"/>
+      <c r="G7" s="87"/>
+      <c r="H7" s="87"/>
+      <c r="I7" s="87"/>
+      <c r="J7" s="89"/>
+      <c r="K7" s="101"/>
+      <c r="L7" s="102"/>
+      <c r="M7" s="103"/>
+      <c r="N7" s="111"/>
+      <c r="O7" s="112"/>
+    </row>
+    <row r="8" spans="1:23" s="36" customFormat="1" ht="15" customHeight="1">
+      <c r="A8" s="37" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="F8" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="G8" s="40" t="s">
+        <v>8</v>
+      </c>
+      <c r="H8" s="41" t="s">
+        <v>7</v>
+      </c>
+      <c r="I8" s="42" t="s">
+        <v>6</v>
+      </c>
+      <c r="J8" s="43"/>
+      <c r="K8" s="84"/>
+      <c r="L8" s="85"/>
+      <c r="M8" s="44"/>
+      <c r="N8" s="29"/>
+      <c r="O8" s="33"/>
+    </row>
+    <row r="9" spans="1:23" s="36" customFormat="1" ht="15" customHeight="1">
+      <c r="A9" s="45" t="s">
+        <v>5</v>
+      </c>
+      <c r="B9" s="46">
+        <v>89</v>
+      </c>
+      <c r="C9" s="46">
+        <v>139</v>
+      </c>
+      <c r="D9" s="47">
+        <v>57</v>
+      </c>
+      <c r="E9" s="48">
+        <v>107</v>
+      </c>
+      <c r="F9" s="49">
+        <v>72.5</v>
+      </c>
+      <c r="G9" s="49">
+        <v>122.5</v>
+      </c>
+      <c r="H9" s="50">
+        <v>40.5</v>
+      </c>
+      <c r="I9" s="49">
+        <v>90.5</v>
+      </c>
+      <c r="J9" s="51"/>
+      <c r="K9" s="51"/>
+      <c r="L9" s="52"/>
+      <c r="M9" s="53"/>
+      <c r="N9" s="29"/>
+      <c r="O9" s="33"/>
+    </row>
+    <row r="10" spans="1:23" s="36" customFormat="1" ht="15" customHeight="1">
+      <c r="A10" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="46">
+        <v>11</v>
+      </c>
+      <c r="C10" s="46">
+        <v>11</v>
+      </c>
+      <c r="D10" s="46">
+        <v>11</v>
+      </c>
+      <c r="E10" s="46">
+        <v>11</v>
+      </c>
+      <c r="F10" s="49">
+        <v>11</v>
+      </c>
+      <c r="G10" s="49">
+        <v>11</v>
+      </c>
+      <c r="H10" s="49">
+        <v>11</v>
+      </c>
+      <c r="I10" s="49">
+        <v>11</v>
+      </c>
+      <c r="J10" s="51"/>
+      <c r="K10" s="55"/>
+      <c r="L10" s="56"/>
+      <c r="M10" s="57"/>
+      <c r="N10" s="29"/>
+      <c r="O10" s="33"/>
+    </row>
+    <row r="11" spans="1:23" s="36" customFormat="1" ht="15" customHeight="1">
+      <c r="A11" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="B11" s="46">
+        <v>10</v>
+      </c>
+      <c r="C11" s="46">
+        <v>10</v>
+      </c>
+      <c r="D11" s="46">
+        <v>10</v>
+      </c>
+      <c r="E11" s="46">
+        <v>10</v>
+      </c>
+      <c r="F11" s="46">
+        <v>10</v>
+      </c>
+      <c r="G11" s="46">
+        <v>10</v>
+      </c>
+      <c r="H11" s="46">
+        <v>10</v>
+      </c>
+      <c r="I11" s="46">
+        <v>10</v>
+      </c>
+      <c r="J11" s="58"/>
+      <c r="K11" s="58"/>
+      <c r="L11" s="59"/>
+      <c r="M11" s="60"/>
+      <c r="N11" s="29"/>
+      <c r="O11" s="33"/>
+    </row>
+    <row r="12" spans="1:23" s="36" customFormat="1" ht="23.25" customHeight="1">
+      <c r="A12" s="61" t="s">
+        <v>3</v>
+      </c>
+      <c r="B12" s="62">
+        <f t="shared" ref="B12:I12" si="0">SUM(B9:B11)</f>
+        <v>110</v>
+      </c>
+      <c r="C12" s="62">
+        <f t="shared" si="0"/>
+        <v>160</v>
+      </c>
+      <c r="D12" s="62">
+        <f t="shared" si="0"/>
+        <v>78</v>
+      </c>
+      <c r="E12" s="63">
+        <f t="shared" si="0"/>
+        <v>128</v>
+      </c>
+      <c r="F12" s="64">
+        <f t="shared" si="0"/>
+        <v>93.5</v>
+      </c>
+      <c r="G12" s="64">
+        <f t="shared" si="0"/>
+        <v>143.5</v>
+      </c>
+      <c r="H12" s="64">
+        <f t="shared" si="0"/>
+        <v>61.5</v>
+      </c>
+      <c r="I12" s="65">
+        <f t="shared" si="0"/>
+        <v>111.5</v>
+      </c>
+      <c r="J12" s="66"/>
+      <c r="K12" s="104"/>
+      <c r="L12" s="105"/>
+      <c r="M12" s="106"/>
+      <c r="N12" s="29"/>
+      <c r="O12" s="33"/>
+    </row>
+    <row r="13" spans="1:23" s="36" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A13" s="67"/>
+      <c r="B13" s="66"/>
+      <c r="C13" s="66"/>
+      <c r="D13" s="66"/>
+      <c r="E13" s="68"/>
+      <c r="F13" s="69"/>
+      <c r="G13" s="69"/>
+      <c r="H13" s="66"/>
+      <c r="I13" s="66"/>
+      <c r="J13" s="70"/>
+      <c r="K13" s="31"/>
+      <c r="L13" s="71"/>
+      <c r="M13" s="71"/>
+      <c r="N13" s="25"/>
+      <c r="O13" s="26"/>
+    </row>
+    <row r="14" spans="1:23" s="36" customFormat="1" ht="32.25" customHeight="1">
+      <c r="A14" s="90" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="91"/>
+      <c r="C14" s="122" t="s">
+        <v>24</v>
+      </c>
+      <c r="D14" s="123"/>
+      <c r="E14" s="120" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" s="121"/>
+      <c r="G14" s="121"/>
+      <c r="H14" s="121"/>
+      <c r="I14" s="126" t="s">
+        <v>25</v>
+      </c>
+      <c r="J14" s="127"/>
+      <c r="K14" s="127"/>
+      <c r="L14" s="127"/>
+      <c r="M14" s="127"/>
+      <c r="N14" s="127"/>
+      <c r="O14" s="128"/>
+    </row>
+    <row r="15" spans="1:23" ht="52.5" customHeight="1">
+      <c r="A15" s="92"/>
+      <c r="B15" s="93"/>
+      <c r="C15" s="124"/>
+      <c r="D15" s="125"/>
+      <c r="E15" s="124"/>
+      <c r="F15" s="125"/>
+      <c r="G15" s="125"/>
+      <c r="H15" s="125"/>
+      <c r="I15" s="129" t="s">
+        <v>0</v>
+      </c>
+      <c r="J15" s="130"/>
+      <c r="K15" s="130"/>
+      <c r="L15" s="130"/>
+      <c r="M15" s="130"/>
+      <c r="N15" s="131"/>
+      <c r="O15" s="132"/>
+      <c r="W15" s="1" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23" ht="18.75" customHeight="1">
+      <c r="A16" s="75" t="s">
+        <v>30</v>
+      </c>
+      <c r="B16" s="76"/>
+      <c r="C16" s="77"/>
+      <c r="D16" s="77"/>
+      <c r="E16" s="77"/>
+      <c r="F16" s="77"/>
+      <c r="G16" s="77"/>
+      <c r="H16" s="77"/>
+      <c r="I16" s="77"/>
+      <c r="J16" s="77"/>
+      <c r="K16" s="77"/>
+      <c r="L16" s="77"/>
+      <c r="M16" s="77"/>
+      <c r="N16" s="78"/>
+      <c r="O16" s="79"/>
+    </row>
+    <row r="17" spans="1:15" ht="20.25" customHeight="1">
+      <c r="A17" s="80"/>
+      <c r="B17" s="81"/>
+      <c r="C17" s="81"/>
+      <c r="D17" s="81"/>
+      <c r="E17" s="81"/>
+      <c r="F17" s="81"/>
+      <c r="G17" s="81"/>
+      <c r="H17" s="81"/>
+      <c r="I17" s="81"/>
+      <c r="J17" s="81"/>
+      <c r="K17" s="81"/>
+      <c r="L17" s="81"/>
+      <c r="M17" s="81"/>
+      <c r="N17" s="82"/>
+      <c r="O17" s="83"/>
+    </row>
+    <row r="18" spans="1:15" ht="24" customHeight="1">
+      <c r="A18" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="B18" s="138"/>
+      <c r="C18" s="138"/>
+      <c r="D18" s="138"/>
+      <c r="E18" s="138"/>
+      <c r="F18" s="138"/>
+      <c r="G18" s="138"/>
+      <c r="H18" s="138"/>
+      <c r="I18" s="138"/>
+      <c r="J18" s="138"/>
+      <c r="K18" s="138"/>
+      <c r="L18" s="138"/>
+      <c r="M18" s="138"/>
+      <c r="N18" s="138"/>
+      <c r="O18" s="138"/>
+    </row>
+    <row r="19" spans="1:15" ht="20.25" customHeight="1">
+      <c r="A19" s="72" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="97"/>
+      <c r="C19" s="97"/>
+      <c r="D19" s="97"/>
+      <c r="E19" s="97"/>
+      <c r="F19" s="97"/>
+      <c r="G19" s="97"/>
+      <c r="H19" s="97"/>
+      <c r="I19" s="97"/>
+      <c r="J19" s="97"/>
+      <c r="K19" s="97"/>
+      <c r="L19" s="97"/>
+      <c r="M19" s="97"/>
+      <c r="N19" s="97"/>
+      <c r="O19" s="97"/>
+    </row>
+    <row r="20" spans="1:15" ht="20.25" customHeight="1">
+      <c r="A20" s="72" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" s="97"/>
+      <c r="C20" s="97"/>
+      <c r="D20" s="97"/>
+      <c r="E20" s="97"/>
+      <c r="F20" s="97"/>
+      <c r="G20" s="97"/>
+      <c r="H20" s="97"/>
+      <c r="I20" s="97"/>
+      <c r="J20" s="97"/>
+      <c r="K20" s="97"/>
+      <c r="L20" s="97"/>
+      <c r="M20" s="97"/>
+      <c r="N20" s="97"/>
+      <c r="O20" s="97"/>
+    </row>
+    <row r="21" spans="1:15" ht="20.25" customHeight="1">
+      <c r="A21" s="72" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" s="97"/>
+      <c r="C21" s="97"/>
+      <c r="D21" s="97"/>
+      <c r="E21" s="97"/>
+      <c r="F21" s="97"/>
+      <c r="G21" s="97"/>
+      <c r="H21" s="97"/>
+      <c r="I21" s="97"/>
+      <c r="J21" s="97"/>
+      <c r="K21" s="97"/>
+      <c r="L21" s="97"/>
+      <c r="M21" s="97"/>
+      <c r="N21" s="97"/>
+      <c r="O21" s="97"/>
+    </row>
+    <row r="22" spans="1:15" ht="20.25" customHeight="1">
+      <c r="A22" s="135" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" s="139"/>
+      <c r="C22" s="139"/>
+      <c r="D22" s="139"/>
+      <c r="E22" s="139"/>
+      <c r="F22" s="139"/>
+      <c r="G22" s="139"/>
+      <c r="H22" s="139"/>
+      <c r="I22" s="139"/>
+      <c r="J22" s="139"/>
+      <c r="K22" s="139"/>
+      <c r="L22" s="139"/>
+      <c r="M22" s="139"/>
+      <c r="N22" s="139"/>
+      <c r="O22" s="139"/>
+    </row>
+    <row r="23" spans="1:15" ht="20.25" customHeight="1">
+      <c r="A23" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" s="27"/>
+      <c r="C23" s="27"/>
+      <c r="D23" s="27"/>
+      <c r="E23" s="27"/>
+      <c r="F23" s="27"/>
+      <c r="G23" s="27"/>
+      <c r="H23" s="27"/>
+      <c r="I23" s="27"/>
+      <c r="J23" s="27"/>
+      <c r="K23" s="27"/>
+      <c r="L23" s="27"/>
+      <c r="M23" s="27"/>
+      <c r="N23" s="27"/>
+      <c r="O23" s="27"/>
+    </row>
+    <row r="24" spans="1:15" s="30" customFormat="1" ht="55.5" customHeight="1">
+      <c r="A24" s="135" t="s">
+        <v>41</v>
+      </c>
+      <c r="B24" s="136"/>
+      <c r="C24" s="136"/>
+      <c r="D24" s="136"/>
+      <c r="E24" s="136"/>
+      <c r="F24" s="136"/>
+      <c r="G24" s="136"/>
+      <c r="H24" s="136"/>
+      <c r="I24" s="136"/>
+      <c r="J24" s="136"/>
+      <c r="K24" s="136"/>
+      <c r="L24" s="136"/>
+      <c r="M24" s="136"/>
+      <c r="N24" s="136"/>
+      <c r="O24" s="136"/>
+    </row>
+    <row r="25" spans="1:15" ht="26.25" customHeight="1">
+      <c r="A25" s="133" t="s">
         <v>31</v>
       </c>
-      <c r="G3" s="111"/>
-[...12 lines deleted...]
-      <c r="C4" s="95" t="s">
+      <c r="B25" s="134"/>
+      <c r="C25" s="134"/>
+      <c r="D25" s="134"/>
+      <c r="E25" s="134"/>
+      <c r="F25" s="134"/>
+      <c r="G25" s="134"/>
+      <c r="H25" s="134"/>
+      <c r="I25" s="134"/>
+      <c r="J25" s="134"/>
+      <c r="K25" s="134"/>
+      <c r="L25" s="134"/>
+      <c r="M25" s="134"/>
+      <c r="N25" s="134"/>
+      <c r="O25" s="134"/>
+    </row>
+    <row r="26" spans="1:15" ht="39" customHeight="1">
+      <c r="A26" s="135" t="s">
+        <v>35</v>
+      </c>
+      <c r="B26" s="136"/>
+      <c r="C26" s="136"/>
+      <c r="D26" s="136"/>
+      <c r="E26" s="136"/>
+      <c r="F26" s="136"/>
+      <c r="G26" s="136"/>
+      <c r="H26" s="136"/>
+      <c r="I26" s="136"/>
+      <c r="J26" s="136"/>
+      <c r="K26" s="136"/>
+      <c r="L26" s="136"/>
+      <c r="M26" s="136"/>
+      <c r="N26" s="136"/>
+      <c r="O26" s="136"/>
+    </row>
+    <row r="27" spans="1:15" ht="20.25" customHeight="1">
+      <c r="A27" s="72" t="s">
+        <v>1</v>
+      </c>
+      <c r="B27" s="97"/>
+      <c r="C27" s="97"/>
+      <c r="D27" s="97"/>
+      <c r="E27" s="97"/>
+      <c r="F27" s="97"/>
+      <c r="G27" s="97"/>
+      <c r="H27" s="97"/>
+      <c r="I27" s="97"/>
+      <c r="J27" s="97"/>
+      <c r="K27" s="97"/>
+      <c r="L27" s="97"/>
+      <c r="M27" s="97"/>
+      <c r="N27" s="97"/>
+      <c r="O27" s="97"/>
+    </row>
+    <row r="28" spans="1:15" ht="29.25" customHeight="1">
+      <c r="A28" s="72"/>
+      <c r="B28" s="97"/>
+      <c r="C28" s="97"/>
+      <c r="D28" s="97"/>
+      <c r="E28" s="97"/>
+      <c r="F28" s="97"/>
+      <c r="G28" s="97"/>
+      <c r="H28" s="97"/>
+      <c r="I28" s="97"/>
+      <c r="J28" s="97"/>
+      <c r="K28" s="97"/>
+      <c r="L28" s="97"/>
+      <c r="M28" s="97"/>
+      <c r="N28" s="97"/>
+      <c r="O28" s="97"/>
+    </row>
+    <row r="29" spans="1:15" ht="20.100000000000001" customHeight="1">
+      <c r="A29" s="72" t="s">
+        <v>29</v>
+      </c>
+      <c r="B29" s="73"/>
+      <c r="C29" s="73"/>
+      <c r="D29" s="73"/>
+      <c r="E29" s="73"/>
+      <c r="F29" s="73"/>
+      <c r="G29" s="74"/>
+      <c r="H29" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="I29" s="15"/>
+      <c r="J29" s="15"/>
+      <c r="K29" s="15"/>
+      <c r="L29" s="15"/>
+      <c r="M29" s="15"/>
+      <c r="N29" s="16"/>
+      <c r="O29" s="22"/>
+    </row>
+    <row r="30" spans="1:15" ht="30" customHeight="1">
+      <c r="A30" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D4" s="95"/>
-[...384 lines deleted...]
-      <c r="I18" s="136" t="s">
+      <c r="B30" s="32"/>
+      <c r="C30" s="32"/>
+      <c r="D30" s="32"/>
+      <c r="E30" s="32"/>
+      <c r="F30" s="32"/>
+      <c r="G30" s="34"/>
+      <c r="H30" s="20"/>
+      <c r="I30" s="17"/>
+      <c r="J30" s="17"/>
+      <c r="K30" s="17"/>
+      <c r="L30" s="17"/>
+      <c r="M30" s="17"/>
+      <c r="N30" s="18"/>
+      <c r="O30" s="22"/>
+    </row>
+    <row r="31" spans="1:15">
+      <c r="D31" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="J18" s="137"/>
-[...630 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <mergeCells count="47">
-[...6 lines deleted...]
-    <mergeCell ref="A34:O34"/>
+  <mergeCells count="43">
+    <mergeCell ref="A28:O28"/>
+    <mergeCell ref="A19:O19"/>
+    <mergeCell ref="E14:H14"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="E15:H15"/>
+    <mergeCell ref="I14:O14"/>
+    <mergeCell ref="I15:O15"/>
+    <mergeCell ref="A25:O25"/>
+    <mergeCell ref="A26:O26"/>
+    <mergeCell ref="A27:O27"/>
+    <mergeCell ref="A21:O21"/>
     <mergeCell ref="A24:O24"/>
-    <mergeCell ref="A27:O27"/>
+    <mergeCell ref="A18:O18"/>
     <mergeCell ref="A22:O22"/>
-    <mergeCell ref="A20:M21"/>
-[...4 lines deleted...]
-    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="H5:I5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="B5:C5"/>
-    <mergeCell ref="A15:B17"/>
-[...6 lines deleted...]
-    <mergeCell ref="D18:H18"/>
     <mergeCell ref="C1:M1"/>
     <mergeCell ref="C2:M2"/>
     <mergeCell ref="C4:M4"/>
-    <mergeCell ref="J13:K14"/>
-    <mergeCell ref="N5:O12"/>
+    <mergeCell ref="B3:E3"/>
+    <mergeCell ref="F3:I3"/>
+    <mergeCell ref="A29:G29"/>
+    <mergeCell ref="A16:O17"/>
     <mergeCell ref="K8:L8"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="J6:J7"/>
-    <mergeCell ref="K6:L7"/>
-[...6 lines deleted...]
-    <mergeCell ref="H5:I5"/>
     <mergeCell ref="I6:I7"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="H6:H7"/>
+    <mergeCell ref="A20:O20"/>
+    <mergeCell ref="K6:M7"/>
+    <mergeCell ref="K12:M12"/>
+    <mergeCell ref="N5:O7"/>
   </mergeCells>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.35433070866141736" header="0.15748031496062992" footer="0.17"/>
-  <pageSetup paperSize="9" scale="85" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
+  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.35433070866141736" header="0.15748031496062992" footer="0.15748031496062992"/>
+  <pageSetup paperSize="9" scale="82" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;R </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>