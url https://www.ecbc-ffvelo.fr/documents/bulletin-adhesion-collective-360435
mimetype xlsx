--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -7,533 +7,372 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4507"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="11445" yWindow="-15" windowWidth="11505" windowHeight="10065"/>
+    <workbookView xWindow="11445" yWindow="-15" windowWidth="11505" windowHeight="10065" tabRatio="583"/>
   </bookViews>
   <sheets>
     <sheet name="Bulletin familial" sheetId="5" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Bulletin familial'!$A$1:$O$51</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Bulletin familial'!$A$1:$N$35</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M13" i="5"/>
   <c r="L13"/>
   <c r="K13"/>
   <c r="J13"/>
   <c r="I13"/>
   <c r="H13"/>
   <c r="G13"/>
   <c r="F13"/>
   <c r="E13"/>
   <c r="D13"/>
   <c r="C13"/>
   <c r="B13"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="53">
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t xml:space="preserve">            Le dossier complet et conforme est à déposer  au bureau  Espérance casier CYCLO ou boîte aux lettres secrétaire et président</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">             Un chèque à l'ordre de : ESPERANCE CHARTRES DE BRETAGNE CYCLOTOURISME correspondant aux options choisies.</t>
   </si>
   <si>
-    <t>Adresse code postal commune</t>
-[...2 lines deleted...]
-    <t>Date et lieu de naissance</t>
+    <t>CONSTITUTION DU DOSSIER D'ADHESION AU CLUB</t>
   </si>
   <si>
     <t>Nom - Prénom</t>
   </si>
   <si>
-    <t>(3) nom activité</t>
-[...4 lines deleted...]
-  <si>
     <t>Total cotisation</t>
   </si>
   <si>
     <t>Adhésion club</t>
   </si>
   <si>
     <t>Licence + assurance</t>
   </si>
   <si>
     <t>Option</t>
   </si>
   <si>
-    <t>Montant cotisation</t>
-[...2 lines deleted...]
-    <t>Option retenue</t>
+    <t>Sans revue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Avec revue </t>
+  </si>
+  <si>
+    <t>Détail de la cotisation</t>
+  </si>
+  <si>
+    <t>ESPERANCE CHARTRES DE BRETAGNE CYCLO    12 Rue de la Croix aux Potiers</t>
+  </si>
+  <si>
+    <t>QUESTIONNAIRE DE SANTE :</t>
+  </si>
+  <si>
+    <t>18 à 25 ans</t>
+  </si>
+  <si>
+    <t>7 à 18 ans</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - de 6 ans</t>
+  </si>
+  <si>
+    <t>E1</t>
+  </si>
+  <si>
+    <t>E3</t>
+  </si>
+  <si>
+    <t>F1</t>
+  </si>
+  <si>
+    <t>G1</t>
+  </si>
+  <si>
+    <t>H1</t>
+  </si>
+  <si>
+    <t>J1</t>
+  </si>
+  <si>
+    <t>K1</t>
+  </si>
+  <si>
+    <t>F3</t>
+  </si>
+  <si>
+    <t>G3</t>
+  </si>
+  <si>
+    <t>H3</t>
+  </si>
+  <si>
+    <t>J3</t>
+  </si>
+  <si>
+    <t>K3</t>
+  </si>
+  <si>
+    <t>gratuite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            J'autorise le club à utiliser mes photos pour les albums internes du club et j'accepte de recevoir ces mails d'information.</t>
+  </si>
+  <si>
+    <t>Date de naissance</t>
+  </si>
+  <si>
+    <t>Adhésion Espérance</t>
+  </si>
+  <si>
+    <t>Montant cotisations</t>
+  </si>
+  <si>
+    <t>Petit braquet</t>
+  </si>
+  <si>
+    <t>Grand braquet</t>
+  </si>
+  <si>
+    <t>Indiquer options retenues</t>
+  </si>
+  <si>
+    <t>Téléphone et adresse mail</t>
+  </si>
+  <si>
+    <t>Adresse  commune</t>
+  </si>
+  <si>
+    <t>Saison 2026</t>
+  </si>
+  <si>
+    <t>Total à payer</t>
+  </si>
+  <si>
+    <t>Autre activité à l'Espérance :</t>
+  </si>
+  <si>
+    <t>1er adulte</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> BULLETIN FAMILIAL 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">             J'ai bien pris note de ces questions et comprends que certaines situations ou symptômes peuvent entraîner un risque pour ma santé et/ou mes performances. J'atteste sur l'honneur avoir déjà pris ou prendre les dispositions nécéssaires selon les recommandations données en cas de réponse positive à l'une des questions des différents questionnaires</t>
+  </si>
+  <si>
+    <t xml:space="preserve">            Je m'engage à respecter scrupuleusement le code de la route, les statuts et règlements de la fédération française de cyclotourisme,  les statuts du club  et les informations de ce dossier d'adhésion.</t>
   </si>
   <si>
     <r>
-      <t>(1)</t>
-[...50 lines deleted...]
-      <t xml:space="preserve"> </t>
+      <t>P</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <rFont val="Calibri"/>
-[...46 lines deleted...]
-        <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>(1)</t>
+      <t>etit braquet</t>
     </r>
-  </si>
-[...15 lines deleted...]
-    <t>Chef de famille</t>
   </si>
   <si>
     <r>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
-        <sz val="9"/>
+        <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>ème</t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
+        <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> adulte</t>
     </r>
   </si>
   <si>
-    <t>18 à 25 ans</t>
-[...47 lines deleted...]
-    <t>Carte espérance (2)</t>
+    <t xml:space="preserve">             La notice d'information relative aux assurances incluses dans votre licence signée (un exemplaire par membre de la famille)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">             La charte d'usage du pratiquant  "VAE"  signée (un exemplaire est à joindre par chaque pratiquant)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EN ADHERENT AU CLUB  ESPERANCE DE CHARTRES DE BRETAGNE </t>
+  </si>
+  <si>
+    <t xml:space="preserve">             Le présent bulletin d'inscription signé</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Téléphone       </t>
+      <t xml:space="preserve">Signature </t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
+        <u/>
+        <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> adresse internet</t>
+      <t>des licenciés</t>
     </r>
   </si>
   <si>
-    <t>Signature des licenciés</t>
-[...88 lines deleted...]
-    <t>(2) L'Adhésion à l'Espérance est Obligatoire si vous avez adhéré à une autre activité, votre adhésion vous sera remboursée  par l'espérance début 2025, n'oubliez pas d'inscrire  le nom de l'activité  dans la case (3)</t>
+    <t>Fait à …………………………………..……   le …….../…….../……….</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="13">
+  <fonts count="11">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...8 lines deleted...]
-    <font>
       <sz val="9"/>
-      <name val="Arial"/>
-[...15 lines deleted...]
-      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="10"/>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="10"/>
-      <name val="Calibri"/>
+      <sz val="14"/>
+      <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
-      <sz val="9"/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="24">
+  <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -584,163 +423,50 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...111 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -770,1200 +496,903 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="150">
+  <cellXfs count="111">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="1" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="3" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="3" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...90 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="21" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...174 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1"/>
     <cellStyle name="Normal 3" xfId="2"/>
     <cellStyle name="Normal 3 2" xfId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-      <xdr:colOff>84963</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>199263</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>127142</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 148" descr="logo_ecbc"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="76200" y="123825"/>
           <a:ext cx="1532763" cy="3317"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>28</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Rectangle 12"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="76200" y="4638675"/>
           <a:ext cx="276225" cy="123825"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>57150</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
-      <xdr:row>34</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Rectangle 10"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="10800000">
           <a:off x="57150" y="5762625"/>
           <a:ext cx="276225" cy="142875"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>29</xdr:row>
       <xdr:rowOff>219075</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="10" name="Rectangle 10"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="10800000">
           <a:off x="76200" y="5572125"/>
           <a:ext cx="276225" cy="142875"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
       <xdr:colOff>19050</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>104775</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>14</xdr:col>
-      <xdr:colOff>497586</xdr:colOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>954786</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>107039</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="11" name="Image 15"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="9925050" y="104775"/>
           <a:ext cx="1240536" cy="2264"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>47625</xdr:colOff>
+      <xdr:colOff>361950</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>57150</xdr:rowOff>
+      <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>333375</xdr:colOff>
+      <xdr:colOff>247650</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>238125</xdr:rowOff>
+      <xdr:rowOff>333375</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="12" name="Picture 148" descr="logo_ecbc"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="47625" y="57150"/>
-          <a:ext cx="1047750" cy="323850"/>
+          <a:off x="361950" y="228600"/>
+          <a:ext cx="1447800" cy="485775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>13</xdr:col>
-      <xdr:colOff>38100</xdr:colOff>
+      <xdr:colOff>57150</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>104776</xdr:rowOff>
+      <xdr:rowOff>161925</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>100543</xdr:rowOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>914400</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>214842</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Image 15"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9944100" y="104776"/>
-          <a:ext cx="1162050" cy="514350"/>
+          <a:off x="7353300" y="161925"/>
+          <a:ext cx="857250" cy="814917"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>238125</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="14" name="Rectangle 11"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="76200" y="5400675"/>
           <a:ext cx="276225" cy="200025"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>209550</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="15" name="Rectangle 11"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="76200" y="4229100"/>
           <a:ext cx="276225" cy="152400"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>1</xdr:col>
-[...256 lines deleted...]
-    <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>352425</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="23" name="Rectangle 10"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="10800000">
           <a:off x="76200" y="7219950"/>
           <a:ext cx="276225" cy="171450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>38100</xdr:rowOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>314326</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>14</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>209550</xdr:rowOff>
+      <xdr:col>13</xdr:col>
+      <xdr:colOff>752475</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>152400</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="22" name="Flèche vers le haut 5"/>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
-        <a:xfrm>
-[...1 lines deleted...]
-          <a:ext cx="123825" cy="171450"/>
+        <a:xfrm flipV="1">
+          <a:off x="7610476" y="2571750"/>
+          <a:ext cx="438149" cy="533400"/>
         </a:xfrm>
         <a:prstGeom prst="upArrow">
           <a:avLst>
             <a:gd name="adj1" fmla="val 50000"/>
             <a:gd name="adj2" fmla="val 48000"/>
           </a:avLst>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:ln w="9525" algn="ctr">
+          <a:solidFill>
+            <a:srgbClr val="000000"/>
+          </a:solidFill>
+          <a:round/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>76200</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>38100</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>352425</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>209550</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="16" name="Rectangle 11"/>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="76200" y="5781675"/>
+          <a:ext cx="276225" cy="171450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr val="FFFFFF"/>
         </a:solidFill>
         <a:ln w="9525" algn="ctr">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -2228,1271 +1657,911 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:O53"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:N36"/>
   <sheetViews>
-    <sheetView showZeros="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="P23" sqref="P23"/>
+    <sheetView showZeros="0" tabSelected="1" topLeftCell="A25" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="T36" sqref="T36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="17.42578125" style="3" customWidth="1"/>
+    <col min="1" max="1" width="23.42578125" style="3" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="2" customWidth="1"/>
     <col min="3" max="4" width="7.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="6.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="7.42578125" style="1" customWidth="1"/>
     <col min="8" max="8" width="6.85546875" style="1" customWidth="1"/>
     <col min="9" max="9" width="6.7109375" style="2" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="2" customWidth="1"/>
     <col min="11" max="11" width="6.42578125" style="1" customWidth="1"/>
     <col min="12" max="12" width="6.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="7.7109375" style="1" customWidth="1"/>
-    <col min="14" max="14" width="6.85546875" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="16" max="16384" width="11.42578125" style="1"/>
+    <col min="14" max="14" width="14.85546875" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="25" customFormat="1" ht="24" customHeight="1">
-[...39 lines deleted...]
-      <c r="C3" s="100" t="s">
+    <row r="1" spans="1:14" s="12" customFormat="1" ht="30" customHeight="1">
+      <c r="A1" s="14"/>
+      <c r="B1" s="13"/>
+      <c r="C1" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="D1" s="59"/>
+      <c r="E1" s="59"/>
+      <c r="F1" s="59"/>
+      <c r="G1" s="59"/>
+      <c r="H1" s="59"/>
+      <c r="I1" s="59"/>
+      <c r="J1" s="59"/>
+      <c r="K1" s="59"/>
+      <c r="L1" s="59"/>
+      <c r="M1" s="59"/>
+      <c r="N1" s="4"/>
+    </row>
+    <row r="2" spans="1:14" ht="30" customHeight="1">
+      <c r="B2" s="11"/>
+      <c r="C2" s="60" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" s="60"/>
+      <c r="E2" s="60"/>
+      <c r="F2" s="60"/>
+      <c r="G2" s="60"/>
+      <c r="H2" s="60"/>
+      <c r="I2" s="60"/>
+      <c r="J2" s="60"/>
+      <c r="K2" s="60"/>
+      <c r="L2" s="60"/>
+      <c r="M2" s="60"/>
+      <c r="N2" s="21"/>
+    </row>
+    <row r="3" spans="1:14" ht="21.75" customHeight="1">
+      <c r="A3" s="10"/>
+      <c r="B3" s="9"/>
+      <c r="C3" s="61" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="100"/>
-[...39 lines deleted...]
-      <c r="B5" s="80" t="s">
+      <c r="D3" s="61"/>
+      <c r="E3" s="61"/>
+      <c r="F3" s="61"/>
+      <c r="G3" s="61"/>
+      <c r="H3" s="61"/>
+      <c r="I3" s="61"/>
+      <c r="J3" s="61"/>
+      <c r="K3" s="61"/>
+      <c r="L3" s="61"/>
+      <c r="M3" s="61"/>
+      <c r="N3" s="8"/>
+    </row>
+    <row r="4" spans="1:14" s="25" customFormat="1" ht="15" customHeight="1">
+      <c r="A4" s="70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="82"/>
+      <c r="D4" s="81" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="82"/>
+      <c r="F4" s="82"/>
+      <c r="G4" s="82"/>
+      <c r="H4" s="82"/>
+      <c r="I4" s="82"/>
+      <c r="J4" s="82"/>
+      <c r="K4" s="82"/>
+      <c r="L4" s="82"/>
+      <c r="M4" s="82"/>
+      <c r="N4" s="87" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" s="25" customFormat="1" ht="23.25" customHeight="1">
+      <c r="A5" s="80"/>
+      <c r="B5" s="99" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" s="70" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" s="101" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" s="102"/>
+      <c r="F5" s="102"/>
+      <c r="G5" s="102"/>
+      <c r="H5" s="103"/>
+      <c r="I5" s="101" t="s">
+        <v>34</v>
+      </c>
+      <c r="J5" s="102"/>
+      <c r="K5" s="102"/>
+      <c r="L5" s="102"/>
+      <c r="M5" s="107"/>
+      <c r="N5" s="88"/>
+    </row>
+    <row r="6" spans="1:14" s="25" customFormat="1" ht="24.75" customHeight="1">
+      <c r="A6" s="80"/>
+      <c r="B6" s="100"/>
+      <c r="C6" s="100"/>
+      <c r="D6" s="104"/>
+      <c r="E6" s="105"/>
+      <c r="F6" s="105"/>
+      <c r="G6" s="105"/>
+      <c r="H6" s="106"/>
+      <c r="I6" s="104"/>
+      <c r="J6" s="105"/>
+      <c r="K6" s="105"/>
+      <c r="L6" s="105"/>
+      <c r="M6" s="108"/>
+      <c r="N6" s="89"/>
+    </row>
+    <row r="7" spans="1:14" s="25" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A7" s="80"/>
+      <c r="B7" s="109" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="102"/>
+      <c r="D7" s="70" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" s="70" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" s="78" t="s">
         <v>15</v>
       </c>
-      <c r="C5" s="80" t="s">
+      <c r="I7" s="70" t="s">
+        <v>41</v>
+      </c>
+      <c r="J7" s="70" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" s="68" t="s">
+        <v>13</v>
+      </c>
+      <c r="L7" s="70" t="s">
         <v>14</v>
       </c>
-      <c r="D5" s="82" t="s">
-[...72 lines deleted...]
-    <row r="8" spans="1:15" s="49" customFormat="1" ht="12.75" customHeight="1">
+      <c r="M7" s="78" t="s">
+        <v>15</v>
+      </c>
+      <c r="N7" s="31"/>
+    </row>
+    <row r="8" spans="1:14" s="25" customFormat="1" ht="12.75" customHeight="1">
       <c r="A8" s="71"/>
-      <c r="B8" s="106"/>
-      <c r="C8" s="86"/>
+      <c r="B8" s="110"/>
+      <c r="C8" s="105"/>
       <c r="D8" s="71"/>
       <c r="E8" s="71"/>
-      <c r="F8" s="102"/>
-[...1 lines deleted...]
-      <c r="H8" s="97"/>
+      <c r="F8" s="69"/>
+      <c r="G8" s="71"/>
+      <c r="H8" s="79"/>
       <c r="I8" s="71"/>
       <c r="J8" s="71"/>
-      <c r="K8" s="102"/>
-[...6 lines deleted...]
-      <c r="A9" s="44" t="s">
+      <c r="K8" s="69"/>
+      <c r="L8" s="71"/>
+      <c r="M8" s="79"/>
+      <c r="N8" s="31"/>
+    </row>
+    <row r="9" spans="1:14" s="25" customFormat="1" ht="15" customHeight="1">
+      <c r="A9" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="37" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="37" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="38" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" s="38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" s="39" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="40" t="s">
+        <v>22</v>
+      </c>
+      <c r="I9" s="38" t="s">
+        <v>23</v>
+      </c>
+      <c r="J9" s="38" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" s="39" t="s">
+        <v>25</v>
+      </c>
+      <c r="L9" s="40" t="s">
+        <v>26</v>
+      </c>
+      <c r="M9" s="41" t="s">
+        <v>27</v>
+      </c>
+      <c r="N9" s="31"/>
+    </row>
+    <row r="10" spans="1:14" s="25" customFormat="1" ht="15" customHeight="1">
+      <c r="A10" s="42" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="43">
+        <v>89</v>
+      </c>
+      <c r="C10" s="43">
+        <v>139</v>
+      </c>
+      <c r="D10" s="44">
+        <v>57</v>
+      </c>
+      <c r="E10" s="44">
+        <v>41.5</v>
+      </c>
+      <c r="F10" s="45">
+        <v>40.5</v>
+      </c>
+      <c r="G10" s="45">
+        <v>22</v>
+      </c>
+      <c r="H10" s="46" t="s">
+        <v>28</v>
+      </c>
+      <c r="I10" s="44">
+        <v>107</v>
+      </c>
+      <c r="J10" s="44">
+        <v>91.5</v>
+      </c>
+      <c r="K10" s="45">
+        <v>90.5</v>
+      </c>
+      <c r="L10" s="47">
+        <v>63.5</v>
+      </c>
+      <c r="M10" s="48">
+        <v>63.5</v>
+      </c>
+      <c r="N10" s="31"/>
+    </row>
+    <row r="11" spans="1:14" s="25" customFormat="1" ht="15" customHeight="1">
+      <c r="A11" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="49">
         <v>11</v>
       </c>
-      <c r="B9" s="20" t="s">
-[...39 lines deleted...]
-      <c r="A10" s="18" t="s">
+      <c r="C11" s="49">
+        <v>11</v>
+      </c>
+      <c r="D11" s="49">
+        <v>11</v>
+      </c>
+      <c r="E11" s="49">
+        <v>11</v>
+      </c>
+      <c r="F11" s="49">
+        <v>11</v>
+      </c>
+      <c r="G11" s="49">
+        <v>11</v>
+      </c>
+      <c r="H11" s="49">
+        <v>11</v>
+      </c>
+      <c r="I11" s="49">
+        <v>11</v>
+      </c>
+      <c r="J11" s="49">
+        <v>11</v>
+      </c>
+      <c r="K11" s="49">
+        <v>11</v>
+      </c>
+      <c r="L11" s="49">
+        <v>11</v>
+      </c>
+      <c r="M11" s="49">
+        <v>11</v>
+      </c>
+      <c r="N11" s="31" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" s="25" customFormat="1" ht="15" customHeight="1">
+      <c r="A12" s="30" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="43">
         <v>10</v>
       </c>
-      <c r="B10" s="15">
-[...85 lines deleted...]
-      <c r="B12" s="15">
+      <c r="C12" s="43">
         <v>10</v>
       </c>
-      <c r="C12" s="15">
+      <c r="D12" s="43">
         <v>10</v>
       </c>
-      <c r="D12" s="15">
+      <c r="E12" s="43">
         <v>10</v>
       </c>
-      <c r="E12" s="15">
+      <c r="F12" s="43">
         <v>10</v>
       </c>
-      <c r="F12" s="15">
+      <c r="G12" s="50"/>
+      <c r="H12" s="51"/>
+      <c r="I12" s="43">
         <v>10</v>
       </c>
-      <c r="G12" s="60"/>
-[...1 lines deleted...]
-      <c r="I12" s="15">
+      <c r="J12" s="43">
         <v>10</v>
       </c>
-      <c r="J12" s="15">
+      <c r="K12" s="43">
         <v>10</v>
       </c>
-      <c r="K12" s="15">
-[...11 lines deleted...]
-      <c r="B13" s="13">
+      <c r="L12" s="52"/>
+      <c r="M12" s="53"/>
+      <c r="N12" s="32"/>
+    </row>
+    <row r="13" spans="1:14" s="25" customFormat="1" ht="15" customHeight="1">
+      <c r="A13" s="54" t="s">
+        <v>4</v>
+      </c>
+      <c r="B13" s="55">
         <f>SUM(B10:B12)</f>
-        <v>107.5</v>
-[...1 lines deleted...]
-      <c r="C13" s="13">
+        <v>110</v>
+      </c>
+      <c r="C13" s="55">
         <f>SUM(C10:C12)</f>
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="D13" s="13">
+        <v>160</v>
+      </c>
+      <c r="D13" s="55">
         <f>SUM(D10:D12)</f>
-        <v>75.5</v>
-[...1 lines deleted...]
-      <c r="E13" s="13">
+        <v>78</v>
+      </c>
+      <c r="E13" s="55">
         <f>SUM(E10:E12)</f>
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="F13" s="13">
+        <v>62.5</v>
+      </c>
+      <c r="F13" s="55">
         <f>SUM(F10:F12)</f>
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G13" s="64">
+        <v>61.5</v>
+      </c>
+      <c r="G13" s="55">
         <f>SUM(G10:G11)</f>
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="H13" s="64">
+        <v>33</v>
+      </c>
+      <c r="H13" s="55">
         <f>SUM(H11)</f>
         <v>11</v>
       </c>
-      <c r="I13" s="13">
+      <c r="I13" s="55">
         <f>SUM(I10:I12)</f>
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="J13" s="13">
+        <v>128</v>
+      </c>
+      <c r="J13" s="55">
         <f>SUM(J10:J12)</f>
+        <v>112.5</v>
+      </c>
+      <c r="K13" s="55">
+        <f>SUM(K10:K12)</f>
         <v>111.5</v>
       </c>
-      <c r="K13" s="13">
-[...3 lines deleted...]
-      <c r="L13" s="65">
+      <c r="L13" s="56">
         <f>SUM(L10:L11)</f>
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="M13" s="66">
+        <v>74.5</v>
+      </c>
+      <c r="M13" s="29">
         <f>SUM(M10:M11)</f>
-        <v>62.5</v>
-[...48 lines deleted...]
-      <c r="D16" s="143" t="s">
+        <v>74.5</v>
+      </c>
+      <c r="N13" s="31"/>
+    </row>
+    <row r="14" spans="1:14" s="25" customFormat="1" ht="25.5" customHeight="1">
+      <c r="A14" s="57" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="6"/>
+      <c r="C14" s="6"/>
+      <c r="D14" s="6"/>
+      <c r="E14" s="6"/>
+      <c r="F14" s="6"/>
+      <c r="G14" s="6"/>
+      <c r="H14" s="6"/>
+      <c r="I14" s="6"/>
+      <c r="J14" s="6"/>
+      <c r="K14" s="6"/>
+      <c r="L14" s="6"/>
+      <c r="M14" s="6"/>
+      <c r="N14" s="33"/>
+    </row>
+    <row r="15" spans="1:14" s="25" customFormat="1" ht="23.25" customHeight="1">
+      <c r="A15" s="30" t="s">
+        <v>32</v>
+      </c>
+      <c r="B15" s="6"/>
+      <c r="C15" s="6"/>
+      <c r="D15" s="6"/>
+      <c r="E15" s="6"/>
+      <c r="F15" s="6"/>
+      <c r="G15" s="6"/>
+      <c r="H15" s="6"/>
+      <c r="I15" s="6"/>
+      <c r="J15" s="6"/>
+      <c r="K15" s="6"/>
+      <c r="L15" s="6"/>
+      <c r="M15" s="6"/>
+      <c r="N15" s="6"/>
+    </row>
+    <row r="16" spans="1:14" s="25" customFormat="1" ht="15" customHeight="1">
+      <c r="A16" s="7"/>
+      <c r="B16" s="29"/>
+      <c r="C16" s="28"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="29"/>
+      <c r="F16" s="29"/>
+      <c r="G16" s="29"/>
+      <c r="H16" s="29"/>
+      <c r="I16" s="29"/>
+      <c r="J16" s="28"/>
+      <c r="K16" s="29"/>
+      <c r="L16" s="29"/>
+      <c r="M16" s="29"/>
+      <c r="N16" s="5"/>
+    </row>
+    <row r="17" spans="1:14" s="25" customFormat="1" ht="18" customHeight="1">
+      <c r="A17" s="94" t="s">
         <v>3</v>
       </c>
-      <c r="E16" s="144"/>
-[...13 lines deleted...]
-      <c r="O16" s="111" t="s">
+      <c r="B17" s="95"/>
+      <c r="C17" s="94" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" s="96"/>
+      <c r="E17" s="97" t="s">
+        <v>37</v>
+      </c>
+      <c r="F17" s="98"/>
+      <c r="G17" s="98"/>
+      <c r="H17" s="98"/>
+      <c r="I17" s="96"/>
+      <c r="J17" s="94" t="s">
+        <v>36</v>
+      </c>
+      <c r="K17" s="98"/>
+      <c r="L17" s="98"/>
+      <c r="M17" s="98"/>
+      <c r="N17" s="96"/>
+    </row>
+    <row r="18" spans="1:14" s="25" customFormat="1" ht="50.1" customHeight="1">
+      <c r="A18" s="66"/>
+      <c r="B18" s="67"/>
+      <c r="C18" s="66"/>
+      <c r="D18" s="74"/>
+      <c r="E18" s="75"/>
+      <c r="F18" s="76"/>
+      <c r="G18" s="76"/>
+      <c r="H18" s="76"/>
+      <c r="I18" s="74"/>
+      <c r="J18" s="77"/>
+      <c r="K18" s="76"/>
+      <c r="L18" s="76"/>
+      <c r="M18" s="76"/>
+      <c r="N18" s="74"/>
+    </row>
+    <row r="19" spans="1:14" s="25" customFormat="1" ht="50.1" customHeight="1">
+      <c r="A19" s="66"/>
+      <c r="B19" s="67"/>
+      <c r="C19" s="66"/>
+      <c r="D19" s="74"/>
+      <c r="E19" s="75"/>
+      <c r="F19" s="76"/>
+      <c r="G19" s="76"/>
+      <c r="H19" s="76"/>
+      <c r="I19" s="74"/>
+      <c r="J19" s="77"/>
+      <c r="K19" s="76"/>
+      <c r="L19" s="76"/>
+      <c r="M19" s="76"/>
+      <c r="N19" s="74"/>
+    </row>
+    <row r="20" spans="1:14" ht="23.25" customHeight="1">
+      <c r="A20" s="90" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="91"/>
+      <c r="C20" s="91"/>
+      <c r="D20" s="91"/>
+      <c r="E20" s="91"/>
+      <c r="F20" s="91"/>
+      <c r="G20" s="91"/>
+      <c r="H20" s="91"/>
+      <c r="I20" s="91"/>
+      <c r="J20" s="91"/>
+      <c r="K20" s="91"/>
+      <c r="L20" s="91"/>
+      <c r="M20" s="91"/>
+      <c r="N20" s="92"/>
+    </row>
+    <row r="21" spans="1:14" ht="14.25" customHeight="1">
+      <c r="A21" s="16"/>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="E21" s="16"/>
+      <c r="F21" s="16"/>
+      <c r="G21" s="16"/>
+      <c r="H21" s="16"/>
+      <c r="I21" s="16"/>
+      <c r="J21" s="16"/>
+      <c r="K21" s="16"/>
+      <c r="L21" s="16"/>
+      <c r="M21" s="16"/>
+      <c r="N21" s="34"/>
+    </row>
+    <row r="22" spans="1:14" ht="24" customHeight="1">
+      <c r="A22" s="62" t="s">
+        <v>2</v>
+      </c>
+      <c r="B22" s="63"/>
+      <c r="C22" s="63"/>
+      <c r="D22" s="63"/>
+      <c r="E22" s="63"/>
+      <c r="F22" s="63"/>
+      <c r="G22" s="63"/>
+      <c r="H22" s="63"/>
+      <c r="I22" s="63"/>
+      <c r="J22" s="63"/>
+      <c r="K22" s="63"/>
+      <c r="L22" s="63"/>
+      <c r="M22" s="63"/>
+      <c r="N22" s="63"/>
+    </row>
+    <row r="23" spans="1:14" ht="20.25" customHeight="1">
+      <c r="A23" s="72" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="73"/>
+      <c r="C23" s="73"/>
+      <c r="D23" s="73"/>
+      <c r="E23" s="73"/>
+      <c r="F23" s="73"/>
+      <c r="G23" s="73"/>
+      <c r="H23" s="73"/>
+      <c r="I23" s="73"/>
+      <c r="J23" s="73"/>
+      <c r="K23" s="73"/>
+      <c r="L23" s="73"/>
+      <c r="M23" s="73"/>
+      <c r="N23" s="73"/>
+    </row>
+    <row r="24" spans="1:14" ht="20.25" customHeight="1">
+      <c r="A24" s="72" t="s">
+        <v>47</v>
+      </c>
+      <c r="B24" s="73"/>
+      <c r="C24" s="73"/>
+      <c r="D24" s="73"/>
+      <c r="E24" s="73"/>
+      <c r="F24" s="73"/>
+      <c r="G24" s="73"/>
+      <c r="H24" s="73"/>
+      <c r="I24" s="73"/>
+      <c r="J24" s="73"/>
+      <c r="K24" s="73"/>
+      <c r="L24" s="73"/>
+      <c r="M24" s="73"/>
+      <c r="N24" s="73"/>
+    </row>
+    <row r="25" spans="1:14" ht="20.25" customHeight="1">
+      <c r="A25" s="72" t="s">
+        <v>1</v>
+      </c>
+      <c r="B25" s="73"/>
+      <c r="C25" s="73"/>
+      <c r="D25" s="73"/>
+      <c r="E25" s="73"/>
+      <c r="F25" s="73"/>
+      <c r="G25" s="73"/>
+      <c r="H25" s="73"/>
+      <c r="I25" s="73"/>
+      <c r="J25" s="73"/>
+      <c r="K25" s="73"/>
+      <c r="L25" s="73"/>
+      <c r="M25" s="73"/>
+      <c r="N25" s="73"/>
+    </row>
+    <row r="26" spans="1:14" ht="20.25" customHeight="1">
+      <c r="A26" s="64" t="s">
+        <v>48</v>
+      </c>
+      <c r="B26" s="65"/>
+      <c r="C26" s="65"/>
+      <c r="D26" s="65"/>
+      <c r="E26" s="65"/>
+      <c r="F26" s="65"/>
+      <c r="G26" s="65"/>
+      <c r="H26" s="65"/>
+      <c r="I26" s="65"/>
+      <c r="J26" s="65"/>
+      <c r="K26" s="65"/>
+      <c r="L26" s="65"/>
+      <c r="M26" s="65"/>
+      <c r="N26" s="65"/>
+    </row>
+    <row r="27" spans="1:14" ht="20.25" customHeight="1">
+      <c r="A27" s="62" t="s">
         <v>12</v>
       </c>
-    </row>
-[...181 lines deleted...]
-      <c r="A27" s="109" t="s">
+      <c r="B27" s="93"/>
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+      <c r="F27" s="93"/>
+      <c r="G27" s="93"/>
+      <c r="H27" s="93"/>
+      <c r="I27" s="93"/>
+      <c r="J27" s="93"/>
+      <c r="K27" s="93"/>
+      <c r="L27" s="93"/>
+      <c r="M27" s="93"/>
+      <c r="N27" s="93"/>
+    </row>
+    <row r="28" spans="1:14" ht="51" customHeight="1">
+      <c r="A28" s="64" t="s">
+        <v>43</v>
+      </c>
+      <c r="B28" s="86"/>
+      <c r="C28" s="86"/>
+      <c r="D28" s="86"/>
+      <c r="E28" s="86"/>
+      <c r="F28" s="86"/>
+      <c r="G28" s="86"/>
+      <c r="H28" s="86"/>
+      <c r="I28" s="86"/>
+      <c r="J28" s="86"/>
+      <c r="K28" s="86"/>
+      <c r="L28" s="86"/>
+      <c r="M28" s="86"/>
+      <c r="N28" s="86"/>
+    </row>
+    <row r="29" spans="1:14" ht="26.25" customHeight="1">
+      <c r="A29" s="83" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" s="84"/>
+      <c r="C29" s="84"/>
+      <c r="D29" s="84"/>
+      <c r="E29" s="84"/>
+      <c r="F29" s="84"/>
+      <c r="G29" s="84"/>
+      <c r="H29" s="84"/>
+      <c r="I29" s="84"/>
+      <c r="J29" s="84"/>
+      <c r="K29" s="84"/>
+      <c r="L29" s="84"/>
+      <c r="M29" s="84"/>
+      <c r="N29" s="84"/>
+    </row>
+    <row r="30" spans="1:14" ht="28.5" customHeight="1">
+      <c r="A30" s="64" t="s">
+        <v>44</v>
+      </c>
+      <c r="B30" s="85"/>
+      <c r="C30" s="85"/>
+      <c r="D30" s="85"/>
+      <c r="E30" s="85"/>
+      <c r="F30" s="85"/>
+      <c r="G30" s="85"/>
+      <c r="H30" s="85"/>
+      <c r="I30" s="85"/>
+      <c r="J30" s="85"/>
+      <c r="K30" s="85"/>
+      <c r="L30" s="85"/>
+      <c r="M30" s="85"/>
+      <c r="N30" s="85"/>
+    </row>
+    <row r="31" spans="1:14" ht="20.25" customHeight="1">
+      <c r="A31" s="24"/>
+      <c r="B31" s="23"/>
+      <c r="C31" s="23"/>
+      <c r="D31" s="23"/>
+      <c r="E31" s="23"/>
+      <c r="F31" s="23"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="23"/>
+      <c r="I31" s="23"/>
+      <c r="J31" s="23"/>
+      <c r="K31" s="23"/>
+      <c r="L31" s="23"/>
+      <c r="M31" s="23"/>
+      <c r="N31" s="23"/>
+    </row>
+    <row r="32" spans="1:14" ht="20.25" customHeight="1">
+      <c r="A32" s="72" t="s">
         <v>29</v>
       </c>
-      <c r="B27" s="110"/>
-[...207 lines deleted...]
-      <c r="A38" s="33" t="s">
+      <c r="B32" s="73"/>
+      <c r="C32" s="73"/>
+      <c r="D32" s="73"/>
+      <c r="E32" s="73"/>
+      <c r="F32" s="73"/>
+      <c r="G32" s="73"/>
+      <c r="H32" s="73"/>
+      <c r="I32" s="73"/>
+      <c r="J32" s="73"/>
+      <c r="K32" s="73"/>
+      <c r="L32" s="73"/>
+      <c r="M32" s="73"/>
+      <c r="N32" s="73"/>
+    </row>
+    <row r="33" spans="1:14" ht="29.25" customHeight="1">
+      <c r="A33" s="72"/>
+      <c r="B33" s="73"/>
+      <c r="C33" s="73"/>
+      <c r="D33" s="73"/>
+      <c r="E33" s="73"/>
+      <c r="F33" s="73"/>
+      <c r="G33" s="73"/>
+      <c r="H33" s="73"/>
+      <c r="I33" s="73"/>
+      <c r="J33" s="73"/>
+      <c r="K33" s="73"/>
+      <c r="L33" s="73"/>
+      <c r="M33" s="73"/>
+      <c r="N33" s="73"/>
+    </row>
+    <row r="34" spans="1:14" ht="20.100000000000001" customHeight="1">
+      <c r="A34" s="58" t="s">
+        <v>52</v>
+      </c>
+      <c r="B34" s="22"/>
+      <c r="C34" s="22"/>
+      <c r="D34" s="22"/>
+      <c r="E34" s="22"/>
+      <c r="F34" s="22"/>
+      <c r="G34" s="22"/>
+      <c r="H34" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="I34" s="16"/>
+      <c r="J34" s="16"/>
+      <c r="K34" s="16"/>
+      <c r="L34" s="16"/>
+      <c r="M34" s="16"/>
+      <c r="N34" s="17"/>
+    </row>
+    <row r="35" spans="1:14" ht="41.25" customHeight="1">
+      <c r="A35" s="26" t="s">
         <v>0</v>
       </c>
-      <c r="B38" s="31"/>
-[...277 lines deleted...]
-      <c r="D53" s="1" t="s">
+      <c r="B35" s="27"/>
+      <c r="C35" s="27"/>
+      <c r="D35" s="27"/>
+      <c r="E35" s="27"/>
+      <c r="F35" s="27"/>
+      <c r="G35" s="35"/>
+      <c r="H35" s="20"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="18"/>
+      <c r="K35" s="18"/>
+      <c r="L35" s="18"/>
+      <c r="M35" s="18"/>
+      <c r="N35" s="19"/>
+    </row>
+    <row r="36" spans="1:14">
+      <c r="D36" s="1" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="52">
-[...44 lines deleted...]
-    <mergeCell ref="N4:O13"/>
+  <mergeCells count="46">
+    <mergeCell ref="N4:N6"/>
+    <mergeCell ref="A20:N20"/>
+    <mergeCell ref="A27:N27"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="E17:I17"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="E18:I18"/>
+    <mergeCell ref="J17:N17"/>
+    <mergeCell ref="J18:N18"/>
     <mergeCell ref="B5:B6"/>
     <mergeCell ref="C5:C6"/>
     <mergeCell ref="D5:H6"/>
     <mergeCell ref="I5:M6"/>
+    <mergeCell ref="B7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="A33:N33"/>
+    <mergeCell ref="A23:N23"/>
+    <mergeCell ref="A29:N29"/>
+    <mergeCell ref="A30:N30"/>
+    <mergeCell ref="A32:N32"/>
+    <mergeCell ref="A28:N28"/>
+    <mergeCell ref="A4:A8"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="D4:M4"/>
+    <mergeCell ref="E7:E8"/>
+    <mergeCell ref="F7:F8"/>
+    <mergeCell ref="G7:G8"/>
     <mergeCell ref="H7:H8"/>
     <mergeCell ref="I7:I8"/>
+    <mergeCell ref="C1:M1"/>
+    <mergeCell ref="C2:M2"/>
+    <mergeCell ref="C3:M3"/>
+    <mergeCell ref="A22:N22"/>
+    <mergeCell ref="A26:N26"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="L7:L8"/>
+    <mergeCell ref="A25:N25"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="E19:I19"/>
+    <mergeCell ref="J19:N19"/>
+    <mergeCell ref="A24:N24"/>
     <mergeCell ref="J7:J8"/>
+    <mergeCell ref="M7:M8"/>
   </mergeCells>
-  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.35433070866141736" header="0.15748031496062992" footer="0.17"/>
-  <pageSetup paperSize="9" scale="85" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
+  <pageMargins left="0.15748031496062992" right="0.15748031496062992" top="0.19685039370078741" bottom="0.35433070866141736" header="0.15748031496062992" footer="0.15748031496062992"/>
+  <pageSetup paperSize="9" scale="81" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter xml:space="preserve">&amp;R </oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>